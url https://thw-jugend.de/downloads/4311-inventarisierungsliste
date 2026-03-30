--- v0 (2025-11-03)
+++ v1 (2026-03-30)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr showInkAnnotation="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://thwjugendev.sharepoint.com/sites/ma_bgst_teams/Freigegebene Dokumente/General/_personen/GemeinsameDateien/Foerderung/4311_Gruppenarbeit/2025/Merkblatt-Vorlagen/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://thwjugendev.sharepoint.com/sites/ma_bgst_teams/Freigegebene Dokumente/General/_personen/GemeinsameDateien/Foerderung/4311_Gruppenarbeit/Vorlagen-Merkblätter_aktuell/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="8_{EAAAC478-529F-4376-B4CA-C1AB0ECB89C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7A87F221-F500-46D2-B254-9DEE9CAAFDE2}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="JVAs2/dcMgaB1M+zGuju2gMGG84c/8OCgXue/guau4x5Bsqzeyu5w4lVS04Wg4cnarILQNHUKwHY9Un9ZGUOIg==" workbookSaltValue="QmCbe/9snjmoqoSQF3ueAw==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="14" documentId="11_EC803E2E22879F8F9DDC0F7029914C4E89A1E9CC" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{297E11AF-680D-4566-8BFF-D322A7FE537A}"/>
+  <workbookProtection workbookPassword="CA1F" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="23929" yWindow="-113" windowWidth="24267" windowHeight="14526" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-300" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Anschaffungen" sheetId="7" r:id="rId1"/>
+    <sheet name="Anschaffungen 2020" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Anschaffungen!$A$1:$F$26</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Anschaffungen 2020'!$A$1:$F$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E23" i="7" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -530,54 +530,50 @@
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
@@ -609,85 +605,89 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...27 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -1129,361 +1129,370 @@
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="D27" sqref="D27"/>
+      <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.5546875" style="43" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="11.44140625" style="18"/>
+    <col min="1" max="1" width="4.5703125" style="42" customWidth="1"/>
+    <col min="2" max="2" width="39" style="17" customWidth="1"/>
+    <col min="3" max="3" width="13.140625" style="43" customWidth="1"/>
+    <col min="4" max="4" width="24.28515625" style="44" customWidth="1"/>
+    <col min="5" max="5" width="15.140625" style="45" customWidth="1"/>
+    <col min="6" max="6" width="34.28515625" style="44" customWidth="1"/>
+    <col min="7" max="7" width="14.28515625" style="17" customWidth="1"/>
+    <col min="8" max="16384" width="11.42578125" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18.2" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C1" s="49" t="s">
+    <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A1" s="17"/>
+      <c r="B1" s="18"/>
+      <c r="C1" s="46" t="s">
         <v>8</v>
       </c>
-      <c r="D1" s="49"/>
-[...12 lines deleted...]
-      <c r="A3" s="50" t="s">
+      <c r="D1" s="46"/>
+      <c r="E1" s="57"/>
+      <c r="F1" s="19"/>
+    </row>
+    <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="20"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="19"/>
+    </row>
+    <row r="3" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A3" s="47" t="s">
         <v>5</v>
       </c>
-      <c r="B3" s="51"/>
-[...6 lines deleted...]
-      <c r="A4" s="52" t="s">
+      <c r="B3" s="48"/>
+      <c r="C3" s="51"/>
+      <c r="D3" s="52"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="17"/>
+    </row>
+    <row r="4" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="49" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="53"/>
-[...14 lines deleted...]
-      <c r="A6" s="31" t="s">
+      <c r="B4" s="50"/>
+      <c r="C4" s="53"/>
+      <c r="D4" s="54"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="17"/>
+    </row>
+    <row r="5" spans="1:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="26"/>
+      <c r="B5" s="27"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="25"/>
+    </row>
+    <row r="6" spans="1:7" s="36" customFormat="1" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="32" t="s">
+      <c r="B6" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="33" t="s">
+      <c r="C6" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="D6" s="32" t="s">
+      <c r="D6" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="E6" s="34" t="s">
+      <c r="E6" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="F6" s="35" t="s">
+      <c r="F6" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="36"/>
-[...2 lines deleted...]
-      <c r="A7" s="38">
+      <c r="G6" s="35"/>
+    </row>
+    <row r="7" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A7" s="37">
         <v>1</v>
       </c>
       <c r="B7" s="8"/>
       <c r="C7" s="5"/>
       <c r="D7" s="11"/>
       <c r="E7" s="3"/>
       <c r="F7" s="14"/>
-      <c r="G7" s="39"/>
-[...2 lines deleted...]
-      <c r="A8" s="40">
+      <c r="G7" s="38"/>
+    </row>
+    <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A8" s="39">
         <v>2</v>
       </c>
       <c r="B8" s="9"/>
       <c r="C8" s="6"/>
       <c r="D8" s="12"/>
       <c r="E8" s="1"/>
       <c r="F8" s="15"/>
     </row>
-    <row r="9" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A9" s="40">
+    <row r="9" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A9" s="39">
         <v>3</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="6"/>
       <c r="D9" s="12"/>
       <c r="E9" s="1"/>
       <c r="F9" s="15"/>
     </row>
-    <row r="10" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A10" s="40">
+    <row r="10" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A10" s="39">
         <v>4</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="6"/>
       <c r="D10" s="12"/>
       <c r="E10" s="1"/>
       <c r="F10" s="15"/>
     </row>
-    <row r="11" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A11" s="40">
+    <row r="11" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A11" s="39">
         <v>5</v>
       </c>
       <c r="B11" s="9"/>
       <c r="C11" s="6"/>
       <c r="D11" s="12"/>
       <c r="E11" s="1"/>
       <c r="F11" s="15"/>
     </row>
-    <row r="12" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A12" s="40">
+    <row r="12" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A12" s="39">
         <v>6</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="6"/>
       <c r="D12" s="12"/>
       <c r="E12" s="1"/>
       <c r="F12" s="15"/>
     </row>
-    <row r="13" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A13" s="40">
+    <row r="13" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A13" s="39">
         <v>7</v>
       </c>
       <c r="B13" s="9"/>
       <c r="C13" s="6"/>
       <c r="D13" s="12"/>
       <c r="E13" s="1"/>
       <c r="F13" s="15"/>
     </row>
-    <row r="14" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A14" s="40">
+    <row r="14" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A14" s="39">
         <v>8</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="6"/>
       <c r="D14" s="12"/>
       <c r="E14" s="1"/>
       <c r="F14" s="15"/>
     </row>
-    <row r="15" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A15" s="40">
+    <row r="15" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A15" s="39">
         <v>9</v>
       </c>
       <c r="B15" s="9"/>
       <c r="C15" s="6"/>
       <c r="D15" s="12"/>
       <c r="E15" s="1"/>
       <c r="F15" s="15"/>
     </row>
-    <row r="16" spans="1:7" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A16" s="40">
+    <row r="16" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A16" s="39">
         <v>10</v>
       </c>
       <c r="B16" s="9"/>
       <c r="C16" s="6"/>
       <c r="D16" s="12"/>
       <c r="E16" s="1"/>
       <c r="F16" s="15"/>
     </row>
-    <row r="17" spans="1:6" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A17" s="40">
+    <row r="17" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A17" s="39">
         <v>11</v>
       </c>
       <c r="B17" s="9"/>
       <c r="C17" s="6"/>
       <c r="D17" s="12"/>
       <c r="E17" s="1"/>
       <c r="F17" s="15"/>
     </row>
-    <row r="18" spans="1:6" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A18" s="40">
+    <row r="18" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A18" s="39">
         <v>12</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="6"/>
       <c r="D18" s="12"/>
       <c r="E18" s="2"/>
       <c r="F18" s="15"/>
     </row>
-    <row r="19" spans="1:6" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A19" s="40">
+    <row r="19" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A19" s="39">
         <v>13</v>
       </c>
       <c r="B19" s="9"/>
       <c r="C19" s="6"/>
       <c r="D19" s="12"/>
       <c r="E19" s="1"/>
       <c r="F19" s="15"/>
     </row>
-    <row r="20" spans="1:6" ht="15.65" x14ac:dyDescent="0.3">
-      <c r="A20" s="40">
+    <row r="20" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A20" s="39">
         <v>14</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="6"/>
       <c r="D20" s="12"/>
       <c r="E20" s="1"/>
       <c r="F20" s="15"/>
     </row>
-    <row r="21" spans="1:6" ht="16.3" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A21" s="41">
+    <row r="21" spans="1:6" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="40">
         <v>15</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="7"/>
       <c r="D21" s="13"/>
       <c r="E21" s="4"/>
       <c r="F21" s="16"/>
     </row>
-    <row r="22" spans="1:6" ht="15.05" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="B23" s="47" t="s">
+    <row r="22" spans="1:6" ht="15" x14ac:dyDescent="0.3">
+      <c r="A22" s="20"/>
+      <c r="B22" s="21"/>
+      <c r="C22" s="22"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="19"/>
+    </row>
+    <row r="23" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A23" s="20"/>
+      <c r="B23" s="55" t="s">
         <v>9</v>
       </c>
-      <c r="C23" s="47"/>
-[...1 lines deleted...]
-      <c r="E23" s="42">
+      <c r="C23" s="55"/>
+      <c r="D23" s="56"/>
+      <c r="E23" s="41">
         <f>SUM(E7:E21)</f>
         <v>0</v>
       </c>
-      <c r="F23" s="20"/>
-[...23 lines deleted...]
-      <c r="F26" s="20"/>
+      <c r="F23" s="19"/>
+    </row>
+    <row r="24" spans="1:6" ht="15" x14ac:dyDescent="0.3">
+      <c r="A24" s="20"/>
+      <c r="B24" s="21"/>
+      <c r="C24" s="22"/>
+      <c r="D24" s="19"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="19"/>
+    </row>
+    <row r="25" spans="1:6" ht="15" x14ac:dyDescent="0.3">
+      <c r="A25" s="20"/>
+      <c r="B25" s="21"/>
+      <c r="C25" s="22"/>
+      <c r="D25" s="19"/>
+      <c r="E25" s="23"/>
+      <c r="F25" s="19"/>
+    </row>
+    <row r="26" spans="1:6" ht="15" x14ac:dyDescent="0.3">
+      <c r="A26" s="20"/>
+      <c r="B26" s="21"/>
+      <c r="C26" s="22"/>
+      <c r="D26" s="19"/>
+      <c r="E26" s="23"/>
+      <c r="F26" s="19"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="UVA5GT5E62x+r0vxf4I/MTBwSF1xEerBU6oVsyz2pfJ5gk3FbWHE6NmdLo03OSr7gBiTG731klDm8rK1lICv4g==" saltValue="0YmjY0Q501gq1ttqKItCGQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="34GtCe5j6Ao+ZackR6qDVjqunQnj9zIvt5FFPW7wvbIYvxLsxQl9T4R1GmgDdiIcmm+4nuSliKPAEWUKQP238w==" saltValue="MmHqB+bQDLzrWeRdBHXZBg==" spinCount="100000" sheet="1"/>
   <mergeCells count="6">
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009D04969A6C65AA409BB51979F2D485B5" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="881beaf1cee271f2498e88a8934b8b2c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="278fc189-d3eb-407c-b111-ebf6fcd587a1" xmlns:ns3="9097fd78-a89b-4d70-b83e-1be6a01c751a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0075fbe05ea3c5f87b1c9faf14bf3c71" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009D04969A6C65AA409BB51979F2D485B5" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="8922069b17a14edeeea89de1fb30d62a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="278fc189-d3eb-407c-b111-ebf6fcd587a1" xmlns:ns3="9097fd78-a89b-4d70-b83e-1be6a01c751a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="71bd135ca7f567852c6f53cee6855009" ns2:_="" ns3:_="">
     <xsd:import namespace="278fc189-d3eb-407c-b111-ebf6fcd587a1"/>
     <xsd:import namespace="9097fd78-a89b-4d70-b83e-1be6a01c751a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1672,145 +1681,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9097fd78-a89b-4d70-b83e-1be6a01c751a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="278fc189-d3eb-407c-b111-ebf6fcd587a1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{387D81AB-EB95-4E8E-BB69-12263F296412}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9F96282-C64C-4F39-B725-82D79C2027EF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{140140E6-0B82-4317-83FD-232803EF8AE6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF00F089-C0E2-414C-B584-6522B0539BF0}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15512667-492C-4B6A-A1B6-6324BE50E0A8}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABE95583-B03A-4CFA-BD81-D57B271EB10A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Anschaffungen</vt:lpstr>
-      <vt:lpstr>Anschaffungen!Druckbereich</vt:lpstr>
+      <vt:lpstr>Anschaffungen 2020</vt:lpstr>
+      <vt:lpstr>'Anschaffungen 2020'!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BA THW</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>priesnitz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009D04969A6C65AA409BB51979F2D485B5</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>